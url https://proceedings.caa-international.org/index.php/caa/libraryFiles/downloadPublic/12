--- v0 (2025-11-11)
+++ v1 (2026-02-11)
@@ -1,46 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45ABC07A" w14:textId="6A521385" w:rsidR="00EC7859" w:rsidRPr="009F1398" w:rsidRDefault="001B6D74" w:rsidP="00E71ED9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="10" w:right="-23" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
@@ -48,93 +45,134 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0D68">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="009F1398" w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>TITLE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DDE89B" w14:textId="14CE33F3" w:rsidR="001B6D74" w:rsidRPr="009F1398" w:rsidRDefault="001B6D74" w:rsidP="00520991">
       <w:pPr>
         <w:pStyle w:val="Authors"/>
         <w:ind w:right="-23"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Firstname Lastname</w:t>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F1398">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lastname</w:t>
       </w:r>
       <w:r w:rsidR="00EB0AC0" w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004A3656" w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>, Firstname Lastname</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F1398">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F1398">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lastname</w:t>
       </w:r>
       <w:r w:rsidR="00EB0AC0" w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>, and Firstname Lastname</w:t>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F1398">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Firstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F1398">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lastname</w:t>
       </w:r>
       <w:r w:rsidR="00EB0AC0" w:rsidRPr="009F1398">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8ACD0C" w14:textId="28B8D887" w:rsidR="00EB0AC0" w:rsidRPr="008841F3" w:rsidRDefault="00EB0AC0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:right="119"/>
         <w:rPr>
           <w:rStyle w:val="AffilitationChar"/>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008305BE">
         <w:rPr>
           <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -405,121 +443,148 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CDF99F8" w14:textId="610906A1" w:rsidR="009F1398" w:rsidRPr="002C0C38" w:rsidRDefault="001B6D74" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
         <w:ind w:left="0" w:right="119"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Minion Pro" w:cs="Minion Pro"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0C38">
         <w:rPr>
           <w:rFonts w:eastAsia="Minion Pro" w:cs="Minion Pro"/>
         </w:rPr>
-        <w:t>A single paragraph of about 200 words maximum. For research articles, abstracts should give a pertinent overview of the work. We encourage authors to use the following style of structured abstracts, but without headings: (1) Background: Place the question addressed in a broad context and highlight the purpose of the study; (2) Methods: briefly describe the main methods (3) Results: summarize the article’s main findings; (4) Conclusions: indicate the main conclusions or interpretations. The abstract should be an objective representation of the article and it must not contain results that are not presented and substantiated in the main text and should not exaggerate the main conclusions.</w:t>
+        <w:t xml:space="preserve">A single paragraph of about 200 words maximum. For research articles, abstracts should give a pertinent overview of the work. We encourage authors to use the following style of structured abstracts, but without headings: (1) Background: Place the question addressed in a broad context and highlight the purpose of the study; (2) Methods: briefly describe the main methods (3) Results: summarize the article’s main findings; (4) Conclusions: indicate the main conclusions or interpretations. The abstract should be an objective representation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C0C38">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Minion Pro" w:cs="Minion Pro"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C0C38">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Minion Pro" w:cs="Minion Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it must not contain results that are not presented and substantiated in the main text and should not exaggerate the main conclusions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501B3B81" w14:textId="00F4BAA0" w:rsidR="002C0C38" w:rsidRPr="00A140F8" w:rsidRDefault="001B6D74" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
         <w:ind w:left="0" w:right="119"/>
       </w:pPr>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B6D74">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0C38">
         <w:t>keyword 1; keyword 2; keyword 3 (List three to five pertinent keywords specific to the article yet reasonably common within the subject discipline.)</w:t>
       </w:r>
       <w:r w:rsidR="002C0C38">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="285CC9B5" w14:textId="77777777" w:rsidR="004A3656" w:rsidRDefault="004A3656" w:rsidP="008841F3">
       <w:pPr>
         <w:pStyle w:val="Firstpagefooter"/>
         <w:sectPr w:rsidR="004A3656" w:rsidSect="001D5C9A">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1985" w:right="1467" w:bottom="1440" w:left="1440" w:header="680" w:footer="287" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="272C9F89" w14:textId="1705C907" w:rsidR="008841F3" w:rsidRPr="009967E0" w:rsidRDefault="008841F3" w:rsidP="009967E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="009967E0">
         <w:lastRenderedPageBreak/>
         <w:t>How to Use This Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B168883" w14:textId="0DEF7A75" w:rsidR="008841F3" w:rsidRPr="003641ED" w:rsidRDefault="008841F3" w:rsidP="00281AE0">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:ind w:right="-23"/>
       </w:pPr>
       <w:r w:rsidRPr="003641ED">
         <w:t>The template details the sections that can be used in a manuscript.</w:t>
       </w:r>
       <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
-        <w:t xml:space="preserve"> Names of and sections are flexible, these are just suggestions as a guideline. Each section proves examples on how to format different parts of the article such as tables and figures. </w:t>
+        <w:t xml:space="preserve"> Names of and sections are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
+        <w:t>flexible,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
+        <w:t xml:space="preserve"> these are just suggestions as a guideline. Each section </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
+        <w:t>proves</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
+        <w:t xml:space="preserve"> examples on how to format different parts of the article such as tables and figures. </w:t>
       </w:r>
       <w:r w:rsidRPr="003641ED">
         <w:t xml:space="preserve">Remove this paragraph and </w:t>
       </w:r>
       <w:r w:rsidR="00537CE8" w:rsidRPr="003641ED">
         <w:t>start with the introduction section</w:t>
       </w:r>
       <w:r w:rsidRPr="003641ED">
         <w:t xml:space="preserve">. For any questions, please contact </w:t>
       </w:r>
       <w:r w:rsidR="00F677AF">
         <w:t>the proceedings editors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33FBA7C9" w14:textId="47B8DB21" w:rsidR="001B6D74" w:rsidRPr="00537CE8" w:rsidRDefault="001B6D74" w:rsidP="009967E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00537CE8">
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D258919" w14:textId="353637BA" w:rsidR="00537CE8" w:rsidRDefault="004A3656" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
@@ -529,57 +594,65 @@
       </w:r>
       <w:r w:rsidR="00537CE8">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0D68">
         <w:t xml:space="preserve">eferences should be </w:t>
       </w:r>
       <w:r w:rsidR="00537CE8">
         <w:t xml:space="preserve">in-text citations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F7664C" w14:textId="77777777" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="292CF0BB" w14:textId="5BA7646A" w:rsidR="004A3656" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Single author: </w:t>
+        <w:t>Single author</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="004A3656" w:rsidRPr="004E0D68">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Smith 1900</w:t>
+        <w:t>Smith</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1900</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BBEDF6" w14:textId="0A434664" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Two Authors: Smith and Jones 1900</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A33A273" w14:textId="241A0A4F" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Three or more: Smith </w:t>
       </w:r>
@@ -645,51 +718,65 @@
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:t>Provides context and review of literature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="534F3572" w14:textId="2F1F1477" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="416CAAEA" w14:textId="388CF30F" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
-        <w:t>For sub headings please use the style “Heading 3” as seen below, and “Heading 4” for an additional subsection within that</w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t>sub headings</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please use the style “Heading 3” as seen below, and “Heading 4” for an additional subsection within that</w:t>
       </w:r>
       <w:r w:rsidR="009967E0">
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:t>. Sub-sections should be numbered respective to the number of the section they are in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="090CB247" w14:textId="77777777" w:rsidR="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="684A6789" w14:textId="72450B6B" w:rsidR="00537CE8" w:rsidRPr="009967E0" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="009967E0">
         <w:t>Sub section of literature review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D09E804" w14:textId="33765D3E" w:rsidR="00537CE8" w:rsidRPr="00537CE8" w:rsidRDefault="00537CE8" w:rsidP="003641ED">
@@ -799,99 +886,86 @@
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B4418B2" wp14:editId="2612F1D5">
             <wp:extent cx="2933700" cy="1820919"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1936812638" name="Picture 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1936812638" name="Picture 18"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2937869" cy="1823507"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DFE95B" w14:textId="7A919F76" w:rsidR="009967E0" w:rsidRDefault="00F271B0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="JPACaption"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidR="009145A3">
-[...19 lines deleted...]
-      </w:r>
+      <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
+        <w:r w:rsidR="00F705C9">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:fldSimple>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009967E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F271B0">
         <w:t>This is a figure. Figures should use this formatting. Please include citations in the caption where necessary. Figure captions go below the figure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4666ED01" w14:textId="77777777" w:rsidR="00F271B0" w:rsidRPr="00F271B0" w:rsidRDefault="00F271B0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="JPACaption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D110DF4" w14:textId="1251461A" w:rsidR="009967E0" w:rsidRDefault="009967E0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="JPACaption"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
@@ -1214,115 +1288,102 @@
         <w:pStyle w:val="JPACaption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A1F0FEB" wp14:editId="335A53E5">
             <wp:extent cx="5563235" cy="3372485"/>
             <wp:effectExtent l="19050" t="19050" r="18415" b="18415"/>
             <wp:docPr id="87387308" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5563235" cy="3372485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D75611" w14:textId="104DC9E7" w:rsidR="00F705C9" w:rsidRPr="00F271B0" w:rsidRDefault="00F705C9" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="JPACaption"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidR="009145A3">
-[...19 lines deleted...]
-      </w:r>
+      <w:fldSimple w:instr=" SEQ Figure \* ARABIC ">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:fldSimple>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:t>This is a figure. If there are multiple panels, they should be listed as: (a) Description of what is contained in the first panel; (b) Description of what is contained in the second panel. Figures should be placed in the main text near to the first time they are cited.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28248145" w14:textId="7D0D9D91" w:rsidR="00F705C9" w:rsidRPr="009967E0" w:rsidRDefault="00F705C9" w:rsidP="00F705C9">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="553B9523" w14:textId="590D187B" w:rsidR="009967E0" w:rsidRDefault="009967E0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="JPACaption"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
@@ -1346,51 +1407,79 @@
     <w:p w14:paraId="29DF783D" w14:textId="7F40739A" w:rsidR="00EE720C" w:rsidRDefault="0012231E" w:rsidP="0012231E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E54743C" w14:textId="77777777" w:rsidR="00F271B0" w:rsidRDefault="0012231E" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Authors should discuss the results and how they can be interpreted from the per-spective of previous studies and of the working hypotheses. The findings and their impli-cations should be discussed in the </w:t>
+        <w:t>Authors should discuss the results and how they can be interpreted from the per-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012231E">
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t>spective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012231E">
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of previous studies and of the working hypotheses. The findings and their </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012231E">
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t>impli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012231E">
+        <w:rPr>
+          <w:lang w:val="en-NZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-cations should be discussed in the </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40222067" w14:textId="77777777" w:rsidR="00F271B0" w:rsidRDefault="00F271B0" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AE3F25E" w14:textId="4275E6C0" w:rsidR="0012231E" w:rsidRDefault="0012231E" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0012231E">
         <w:rPr>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
         <w:t>broadest context possible. Future research directions may also be highlighted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C58B5A" w14:textId="5DA6D7E8" w:rsidR="0012231E" w:rsidRPr="0012231E" w:rsidRDefault="0012231E" w:rsidP="0012231E">
@@ -1462,107 +1551,126 @@
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> S1: Description of S1; S2: </w:t>
       </w:r>
       <w:r w:rsidR="00F705C9">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>escription of S2</w:t>
       </w:r>
       <w:r w:rsidR="00F705C9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E96C422" w14:textId="77777777" w:rsidR="00F705C9" w:rsidRDefault="00F705C9" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68653298" w14:textId="190B6624" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5785EC5C" w14:textId="77777777" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF6D37">
         <w:t>Please add: “This research received no external funding” or “This research was funded by NAME OF FUNDER, grant number XXX</w:t>
       </w:r>
       <w:r>
         <w:t>, awarded to NAMES</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF6D37">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C7F771" w14:textId="77777777" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51C781C1" w14:textId="14D86530" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
         <w:t>Data Availability Statement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE54D40" w14:textId="1D63F81F" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In this section please outline if you data is openly available for further use and where it may be found, such as in the supplementary information or published through an online repository such as </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+        <w:t xml:space="preserve">In this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> please outline if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> data is openly available for further use and where it may be found, such as in the supplementary information or published through an online repository such as </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00AF6D37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Zenodo</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E48727" w14:textId="6A53855F" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00AF6D37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>this link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for examples of a range of different statements that can be used depending on the circumstance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D518ACF" w14:textId="77777777" w:rsidR="00F705C9" w:rsidRPr="00113940" w:rsidRDefault="00F705C9" w:rsidP="00E71ED9">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B8A9577" w14:textId="77777777" w:rsidR="00113940" w:rsidRDefault="00113940" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF0502D" w14:textId="0C8E5E2A" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
@@ -1586,159 +1694,180 @@
     </w:p>
     <w:p w14:paraId="295C2C76" w14:textId="581E9483" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
         <w:t>Author Contributions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7855466A" w14:textId="0335EE34" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r w:rsidRPr="00613B31">
         <w:t xml:space="preserve">For research articles with several authors, a short paragraph specifying their individual contributions must be provided. The following statements </w:t>
       </w:r>
       <w:r>
         <w:t>could</w:t>
       </w:r>
       <w:r w:rsidRPr="00613B31">
         <w:t xml:space="preserve"> be used “Conceptualization, X.X. and Y.Y.; methodology, X.X.; software, X.X.; validation, X.X., Y.Y. and Z.Z.; formal analysis, X.X.; investigation, X.X.; resources, X.X.; data curation, X.X.; writing—original draft preparation, X.X.; writing—review and editing, X.X.; visualization, X.X.; supervision, X.X.; project administration, X.X.; funding acquisition, Y.Y. All authors have read and agreed to the published version of the manuscript.”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Please turn to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>CRediT taxonomy</w:t>
+          <w:t>CRediT</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> taxonomy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00613B31">
         <w:t xml:space="preserve">for term explanation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D97D967" w14:textId="77777777" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64F728C4" w14:textId="7E373DF2" w:rsidR="00AF6D37" w:rsidRDefault="00254AAC" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2627F459" w14:textId="0C86D1B2" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF6D37">
-        <w:t>In this section, you can acknowledge any support given which is not covered by the author contribution or funding sections.</w:t>
+        <w:t xml:space="preserve">In this section, you can acknowledge any support given which is not covered by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF6D37">
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF6D37">
+        <w:t xml:space="preserve"> contribution or funding sections.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53EC53AD" w14:textId="77777777" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BCA4DA" w14:textId="37737E8D" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
         <w:t>Appendix A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5787928D" w14:textId="58629FA0" w:rsidR="00AF6D37" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
       <w:r w:rsidRPr="00254AAC">
-        <w:t xml:space="preserve">The appendix is an optional section that can contain details and data supplemental to the main text—for example, explanations of experimental details that would disrupt the flow of the main text but </w:t>
-      </w:r>
+        <w:t xml:space="preserve">The appendix is an optional section that can contain details and data supplemental to the main text—for example, explanations of experimental details that would disrupt the flow of the main text but nonetheless remain crucial to understanding and reproducing the research shown; figures of replicates for experiments of which representative data is shown in the main text can be added here if brief, or as Supplementary data. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E3A34B" w14:textId="77777777" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
+      <w:pPr>
+        <w:pStyle w:val="Maintext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2BC9CD" w14:textId="4DDCA2CD" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
+      <w:pPr>
+        <w:pStyle w:val="Endheadings"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184B9030" w14:textId="617B9318" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
+      <w:pPr>
+        <w:pStyle w:val="Maintext"/>
+      </w:pPr>
       <w:r w:rsidRPr="00254AAC">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">nonetheless remain crucial to understanding and reproducing the research shown; figures of replicates for experiments of which representative data is shown in the main text can be added here if brief, or as Supplementary data. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48E3A34B" w14:textId="77777777" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
+        <w:t>All appendix sections must be cited in the main text. In the appendices, Figures, Tables, etc. should be labeled starting with “A”—e.g., Figure A1, Figure A2, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D4E6B6" w14:textId="77777777" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2BC9CD" w14:textId="4DDCA2CD" w:rsidR="00AF6D37" w:rsidRDefault="00AF6D37" w:rsidP="00AF6D37">
+    <w:p w14:paraId="2E3209AE" w14:textId="1857FF28" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="00254AAC">
       <w:pPr>
         <w:pStyle w:val="Endheadings"/>
       </w:pPr>
       <w:r>
-        <w:t>Appendix B</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="184B9030" w14:textId="617B9318" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BA274C" w14:textId="71438E89" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Maintext"/>
       </w:pPr>
-      <w:r w:rsidRPr="00254AAC">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">All citations in the article must be in the references, and no references included which are not cited in-text. </w:t>
+      <w:r>
+        <w:t xml:space="preserve">All citations in the article must be in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the references</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, and no references included which are not cited in-text. </w:t>
       </w:r>
       <w:r w:rsidR="0075236F">
         <w:t>CAA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> broadly follows the Author-Date style of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00254AAC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Chicago manual of Style</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D101BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A7D77">
         <w:t xml:space="preserve">Repeat the name of an author </w:t>
       </w:r>
       <w:r w:rsidR="00C06CE2">
         <w:t xml:space="preserve">each time </w:t>
       </w:r>
       <w:r w:rsidR="000A7D77">
         <w:t>in the case of multiple references</w:t>
       </w:r>
       <w:r w:rsidR="00C06CE2">
         <w:t>.</w:t>
       </w:r>
@@ -1770,221 +1899,217 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="179B33AD" w14:textId="0CB7EA24" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Author 1, A.; Author 2, B. YEAR. Title of the chapter. In </w:t>
       </w:r>
       <w:r w:rsidRPr="00254AAC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Book Title</w:t>
       </w:r>
       <w:r>
         <w:t>, Editor 1, A., Editor 2, B., Eds.; Publisher: Publisher Location, Country pp. 154–196. DOI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381A26CD" w14:textId="7067F21B" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
-        <w:t>Author 1, A.; Author 2, B. YEAR Book Title, 3rd ed.; Publisher: Publisher Location, Country, pp. 154–196. DOI</w:t>
+        <w:t xml:space="preserve">Author 1, A.; Author 2, B. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>YEAR Book</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Title, 3rd ed.; Publisher: Publisher Location, Country, pp. 154–196. DOI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4F4DBA" w14:textId="4F8336F5" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
         <w:t>Author 1, A.B.; Author 2, C. YEAR. Title of Unpublished Work. Archive, Location, Identification number.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2365CECF" w14:textId="3310B519" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
-        <w:t>Author 1, A.B. (Affilitation, City, State, Country); Author 2, C. (Institute, City, State, Country). Personal communication, 2012.</w:t>
+        <w:t>Author 1, A.B. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Affilitation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, City, State, Country); Author 2, C. (Institute, City, State, Country). Personal communication, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BBA6CE" w14:textId="336C7609" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
         <w:t>Author 1, A.B.; Author 2, C.D.; Author 3, E.F. Title of Presentation. In Proceedings of the Name of the Conference, Location of Conference, Country, Date of Conference (Day Month Year). DOI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20FAEAE1" w14:textId="71FF1BC6" w:rsidR="00254AAC" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
         <w:t>Author 1, A.B. YEAR Title of Thesis. Level of Thesis, Degree-Granting University, Location of University,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71628D58" w14:textId="3B912247" w:rsidR="00254AAC" w:rsidRPr="0012231E" w:rsidRDefault="00254AAC" w:rsidP="003641ED">
       <w:pPr>
         <w:pStyle w:val="Citation"/>
       </w:pPr>
       <w:r>
         <w:t>Title of Website/Resource. Available online: URL (accessed on Day Month Year).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00254AAC" w:rsidRPr="0012231E" w:rsidSect="00281AE0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1467" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BD0B787" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="001B6D74">
+    <w:p w14:paraId="74C0BD8D" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="001B6D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111DB3B3" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A33C5D5" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="008841F3"/>
+    <w:p w14:paraId="2134C4CF" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D"/>
+    <w:p w14:paraId="006EF2F9" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="3B6BEFA8" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="36D5D886" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E91E5E1" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="001B6D74">
+    <w:p w14:paraId="6EBB9A24" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="001B6D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2CC221" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1142C747" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="008841F3"/>
+    <w:p w14:paraId="2E155A94" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D"/>
+    <w:p w14:paraId="0440B137" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="40DB4F77" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="388462D2" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="02040503050201020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Chaparral Pro">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="02060503040505020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...18 lines deleted...]
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F0F6DE8" w14:textId="6F04AD53" w:rsidR="00EB0AC0" w:rsidRPr="00050793" w:rsidRDefault="00050793" w:rsidP="00734B5F">
     <w:pPr>
       <w:pStyle w:val="Firstpagefooter"/>
       <w:ind w:left="-993"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00050793">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51F4CFBE" wp14:editId="62083B29">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
@@ -2194,175 +2319,241 @@
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="0021539B">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Conference on Computer Applications and Quantitative Methods in Archaeology. </w:t>
     </w:r>
     <w:r w:rsidR="00E90860" w:rsidRPr="0021539B">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t>CAA Proceedings</w:t>
     </w:r>
     <w:r w:rsidRPr="008841F3">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
-      <w:t>, VOL</w:t>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="008841F3">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:t>VOL</w:t>
     </w:r>
     <w:r w:rsidR="00DA0770">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00545470">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00823323">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00DA0770">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidRPr="008841F3">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
-      <w:t>: Article #</w:t>
+      <w:t xml:space="preserve">: Article </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="008841F3">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:t>#</w:t>
     </w:r>
     <w:r w:rsidR="00DA0770">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
-      <w:t>:#-#</w:t>
+      <w:t>:#</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00DA0770">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+      <w:t>-#</w:t>
     </w:r>
     <w:r w:rsidRPr="008841F3">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:t>. DOI: https://doi.org/</w:t>
     </w:r>
     <w:r w:rsidR="00336066">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2AD6C7E0" w14:textId="77777777" w:rsidR="002C0C38" w:rsidRPr="008321F4" w:rsidRDefault="002C0C38" w:rsidP="00734B5F">
     <w:pPr>
       <w:pStyle w:val="Firstpagefooter"/>
       <w:ind w:left="-993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="501037C6" w14:textId="6D4C162E" w:rsidR="00EB0AC0" w:rsidRPr="008841F3" w:rsidRDefault="00EB0AC0" w:rsidP="00734B5F">
+  <w:p w14:paraId="501037C6" w14:textId="6D4C162E" w:rsidR="00EB0AC0" w:rsidRDefault="00EB0AC0" w:rsidP="00734B5F">
     <w:pPr>
       <w:pStyle w:val="Firstpagefooter"/>
       <w:ind w:left="-993"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008841F3">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Submitted: DD/MM/YYY, Accepted DD/MM/YYYY, First online DD/MM/YYYY</w:t>
+      <w:t xml:space="preserve">Submitted: DD/MM/YYY, Accepted DD/MM/YYYY, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="008841F3">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>First</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="008841F3">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> online DD/MM/YYYY</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="02BA7279" w14:textId="5F7E3B17" w:rsidR="00EC565A" w:rsidRPr="008841F3" w:rsidRDefault="00EC565A" w:rsidP="00734B5F">
+    <w:pPr>
+      <w:pStyle w:val="Firstpagefooter"/>
+      <w:ind w:left="-993"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Article preprint: </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E42031F" w14:textId="38A0593C" w:rsidR="008305BE" w:rsidRPr="008321F4" w:rsidRDefault="00734B5F" w:rsidP="0054278A">
     <w:pPr>
       <w:pStyle w:val="Firstpagefooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="6585"/>
       </w:tabs>
       <w:ind w:left="-993"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008841F3">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63ABD1B0" wp14:editId="045657E2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="leftMargin">
             <wp:posOffset>285750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>215900</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="314960" cy="499745"/>
           <wp:effectExtent l="0" t="0" r="8890" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="1363375540" name="Picture 14">
+          <wp:docPr id="247238718" name="Picture 14">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1157014778" name="Picture 14">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                         <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
@@ -2499,91 +2690,81 @@
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Computer Applications and Quantitative Methods in Archaeology </w:t>
     </w:r>
     <w:r w:rsidR="00645862">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>International</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BD1A8AB" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="001B6D74">
+    <w:p w14:paraId="42C61000" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="001B6D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3540A241" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="55C1D094" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="008841F3"/>
+    <w:p w14:paraId="4360B860" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D"/>
+    <w:p w14:paraId="708E15AF" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="15E2E079" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="3BCA4C36" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46254129" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="001B6D74">
+    <w:p w14:paraId="0D7A32CB" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="001B6D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E41A1A8" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FA0E64A" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRDefault="006C33B2" w:rsidP="008841F3"/>
+    <w:p w14:paraId="23FB3C69" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D"/>
+    <w:p w14:paraId="7849577E" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="30AE6453" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
+    <w:p w14:paraId="2D4B9F31" w14:textId="77777777" w:rsidR="0080679D" w:rsidRDefault="0080679D" w:rsidP="008841F3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1307512506"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3BAB5DAB" w14:textId="63FC7EB3" w:rsidR="008305BE" w:rsidRDefault="008305BE">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="001B6D74">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:b/>
             <w:bCs/>
@@ -2604,97 +2785,109 @@
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CAA Proceedings</w:t>
         </w:r>
         <w:r w:rsidRPr="001B6D74">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">YYYY </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="001B6D74">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>V</w:t>
         </w:r>
         <w:r w:rsidR="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>OL(</w:t>
         </w:r>
+        <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidR="00823323">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>52</w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidR="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
         <w:r w:rsidR="002003F6">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Article X</w:t>
+          <w:t>Article</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="004E0D68">
+          <w:rPr>
+            <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> X</w:t>
         </w:r>
         <w:r w:rsidRPr="001B6D74">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> DOI:</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="004E0D68">
           <w:rPr>
@@ -2711,99 +2904,99 @@
         <w:r w:rsidRPr="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="004E0D68">
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3A47311B" w14:textId="10E1A609" w:rsidR="008305BE" w:rsidRPr="008305BE" w:rsidRDefault="008305BE" w:rsidP="008305BE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1597394394"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro"/>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5621F973" w14:textId="2D350656" w:rsidR="008305BE" w:rsidRPr="00FE044A" w:rsidRDefault="00741EFD" w:rsidP="00FE044A">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Minion Pro" w:eastAsia="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="183B0E86" wp14:editId="6DBEFA6B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-438785</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7790180" cy="1276985"/>
               <wp:effectExtent l="0" t="0" r="1270" b="0"/>
               <wp:wrapThrough wrapText="bothSides">
                 <wp:wrapPolygon edited="0">
                   <wp:start x="0" y="0"/>
                   <wp:lineTo x="0" y="21267"/>
                   <wp:lineTo x="21551" y="21267"/>
                   <wp:lineTo x="21551" y="0"/>
                   <wp:lineTo x="0" y="0"/>
                 </wp:wrapPolygon>
               </wp:wrapThrough>
-              <wp:docPr id="863978753" name="Picture 3"/>
+              <wp:docPr id="939067919" name="Picture 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="863978753" name="Picture 3"/>
                       <pic:cNvPicPr/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1">
                         <a:extLst>
                           <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                             <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect t="820" b="820"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
@@ -3931,50 +4124,51 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="65686830">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="15349057">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1894731512">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="666785176">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="385034325">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2075925699">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NzW2NDc2tDQ3MrSwtDRR0lEKTi0uzszPAykwNKsFABTOK3AtAAAA"/>
   </w:docVars>
@@ -4015,105 +4209,109 @@
     <w:rsid w:val="00545470"/>
     <w:rsid w:val="00557A47"/>
     <w:rsid w:val="005719C8"/>
     <w:rsid w:val="0059242E"/>
     <w:rsid w:val="005A109E"/>
     <w:rsid w:val="005C1F97"/>
     <w:rsid w:val="005D5B2B"/>
     <w:rsid w:val="006377A4"/>
     <w:rsid w:val="00645862"/>
     <w:rsid w:val="00651D17"/>
     <w:rsid w:val="00651E51"/>
     <w:rsid w:val="00660466"/>
     <w:rsid w:val="006778C3"/>
     <w:rsid w:val="006C33B2"/>
     <w:rsid w:val="00723AD8"/>
     <w:rsid w:val="00734B5F"/>
     <w:rsid w:val="00741EFD"/>
     <w:rsid w:val="0075193D"/>
     <w:rsid w:val="0075236F"/>
     <w:rsid w:val="00754B10"/>
     <w:rsid w:val="00767DD7"/>
     <w:rsid w:val="00780946"/>
     <w:rsid w:val="007834D2"/>
     <w:rsid w:val="007D7410"/>
     <w:rsid w:val="007F1D9B"/>
+    <w:rsid w:val="0080679D"/>
     <w:rsid w:val="00823323"/>
     <w:rsid w:val="008305BE"/>
     <w:rsid w:val="008321F4"/>
     <w:rsid w:val="00836861"/>
     <w:rsid w:val="00852742"/>
     <w:rsid w:val="00872B9B"/>
     <w:rsid w:val="008841F3"/>
     <w:rsid w:val="00886F2A"/>
     <w:rsid w:val="008A55A6"/>
     <w:rsid w:val="008E37AF"/>
     <w:rsid w:val="008E4C34"/>
     <w:rsid w:val="009145A3"/>
     <w:rsid w:val="0097443A"/>
     <w:rsid w:val="009967E0"/>
     <w:rsid w:val="009A47E0"/>
     <w:rsid w:val="009A4EEA"/>
     <w:rsid w:val="009F1398"/>
     <w:rsid w:val="00A140F8"/>
+    <w:rsid w:val="00A66289"/>
     <w:rsid w:val="00AD21EA"/>
     <w:rsid w:val="00AD2D4F"/>
     <w:rsid w:val="00AF6D37"/>
     <w:rsid w:val="00B55C3E"/>
     <w:rsid w:val="00B65439"/>
     <w:rsid w:val="00B70EC5"/>
     <w:rsid w:val="00B77166"/>
     <w:rsid w:val="00B80285"/>
     <w:rsid w:val="00BE4BA4"/>
     <w:rsid w:val="00BF4751"/>
     <w:rsid w:val="00C06CE2"/>
     <w:rsid w:val="00C51600"/>
     <w:rsid w:val="00CA60FD"/>
     <w:rsid w:val="00CC1B95"/>
     <w:rsid w:val="00CC2C9C"/>
     <w:rsid w:val="00CD50B2"/>
     <w:rsid w:val="00CE1C69"/>
     <w:rsid w:val="00CF7406"/>
     <w:rsid w:val="00D03571"/>
     <w:rsid w:val="00D101BD"/>
     <w:rsid w:val="00D440B6"/>
     <w:rsid w:val="00D50D12"/>
     <w:rsid w:val="00D6600F"/>
     <w:rsid w:val="00DA0770"/>
     <w:rsid w:val="00DA38D9"/>
+    <w:rsid w:val="00DC597E"/>
     <w:rsid w:val="00DD1C04"/>
     <w:rsid w:val="00DD7DFF"/>
     <w:rsid w:val="00E16337"/>
     <w:rsid w:val="00E22323"/>
     <w:rsid w:val="00E25F65"/>
     <w:rsid w:val="00E560A4"/>
     <w:rsid w:val="00E5781E"/>
     <w:rsid w:val="00E71ED9"/>
     <w:rsid w:val="00E90860"/>
     <w:rsid w:val="00E966B3"/>
     <w:rsid w:val="00EB0AC0"/>
     <w:rsid w:val="00EB5A41"/>
+    <w:rsid w:val="00EC565A"/>
     <w:rsid w:val="00EC7859"/>
     <w:rsid w:val="00EE720C"/>
     <w:rsid w:val="00F271B0"/>
     <w:rsid w:val="00F42E2D"/>
     <w:rsid w:val="00F625F1"/>
     <w:rsid w:val="00F673C2"/>
     <w:rsid w:val="00F677AF"/>
     <w:rsid w:val="00F705C9"/>
     <w:rsid w:val="00FE044A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5489,58 +5687,58 @@
       <w:spacing w:before="240"/>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitationChar">
     <w:name w:val="Citation Char"/>
     <w:basedOn w:val="MaintextChar"/>
     <w:link w:val="Citation"/>
     <w:rsid w:val="00254AAC"/>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:eastAsia="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="181717"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/data-sharing/share-your-data/data-availability-statements/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chicagomanualofstyle.org/tools_citationguide/citation-guide-2.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/data-sharing/share-your-data/data-availability-statements/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chicagomanualofstyle.org/tools_citationguide/citation-guide-2.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -5816,75 +6014,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6558DF55-E55C-4097-A5C1-881760791F28}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1325</Words>
-  <Characters>7007</Characters>
+  <Words>1386</Words>
+  <Characters>7321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>174</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8260</CharactersWithSpaces>
+  <CharactersWithSpaces>8613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Josh Emmitt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>bcb482d9-1e51-4b96-b404-dc4554468aa1</vt:lpwstr>
   </property>